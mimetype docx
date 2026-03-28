--- v0 (2025-10-22)
+++ v1 (2026-03-28)
@@ -4,76 +4,127 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4821DEE1" w14:textId="770D37BE" w:rsidR="004F1444" w:rsidRPr="004F1444" w:rsidRDefault="004F1444" w:rsidP="004F1444">
+    <w:p w14:paraId="4821DEE1" w14:textId="770D37BE" w:rsidR="004F1444" w:rsidRDefault="004F1444" w:rsidP="004F1444">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="004F1444">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc492289683"/>
+      <w:r w:rsidRPr="004F1444">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="1F55C667" w14:textId="578045E9" w:rsidR="00FB3007" w:rsidRDefault="00FB3007" w:rsidP="004F1444">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3007">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00FB3007">
+          <w:rPr>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="32"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v9i18.901</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="79C58D1A" w14:textId="77777777" w:rsidR="00FB3007" w:rsidRPr="00FB3007" w:rsidRDefault="00FB3007" w:rsidP="004F1444">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="3E155FFA" w14:textId="0300935C" w:rsidR="007E6049" w:rsidRPr="004F1444" w:rsidRDefault="007E6049" w:rsidP="004F1444">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1444">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Autoconocimiento</w:t>
       </w:r>
       <w:r w:rsidR="00251273" w:rsidRPr="004F1444">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -754,51 +805,59 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">lo cual se hizo </w:t>
       </w:r>
       <w:r w:rsidR="00C77676" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>previo a la revisión de la literatura</w:t>
       </w:r>
       <w:r w:rsidR="0050162D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C77676" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a fin de que los hallazgos empíricos guiaran la búsqueda documental y no al revés. Los resultados indican que una meta esencial del psicólogo clínico a través de la psicoterapia es el autoconocimiento como noción antropológica de sí mismo</w:t>
+        <w:t xml:space="preserve"> a fin de que los hallazgos empíricos guiaran la búsqueda documental y no al revés. Los resultados indican </w:t>
+      </w:r>
+      <w:r w:rsidR="00C77676" w:rsidRPr="00CB603B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>que una meta esencial del psicólogo clínico a través de la psicoterapia es el autoconocimiento como noción antropológica de sí mismo</w:t>
       </w:r>
       <w:r w:rsidR="00CB1C1F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CB1C1F" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CB1C1F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">De esta manera, </w:t>
       </w:r>
       <w:r w:rsidR="00C77676" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -831,51 +890,50 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> como motor de decisiones diferentes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="018CB613" w14:textId="1FA0AD79" w:rsidR="00C77676" w:rsidRPr="00CB603B" w:rsidRDefault="00C77676" w:rsidP="008551EA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1444">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Palabras clave:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00930F19">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">utoconocimiento, bien interno, </w:t>
       </w:r>
       <w:r w:rsidR="00C225A8" w:rsidRPr="00CB603B">
         <w:rPr>
@@ -1532,67 +1590,51 @@
         </w:rPr>
         <w:t>autoconhecimento</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B00546">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> como </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B00546">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>noção</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B00546">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> antropológica de si mesmo. </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> forma, a psicoterapia educa o </w:t>
+        <w:t xml:space="preserve"> antropológica de si mesmo. Desta forma, a psicoterapia educa o </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B00546">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>caminho</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B00546">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> do </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B00546">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>indivíduo</w:t>
       </w:r>
@@ -1797,58 +1839,69 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Agosto 2022</w:t>
+        <w:t>Agosto</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6929060C" w14:textId="46E8FF43" w:rsidR="004F1444" w:rsidRPr="004F1444" w:rsidRDefault="00000000" w:rsidP="004F1444">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="jlqj4b"/>
           <w:sz w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="3C00238B">
           <v:rect id="_x0000_i1025" alt="" style="width:388pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hrpct="878" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="0AE81E28" w14:textId="77777777" w:rsidR="00FA7B18" w:rsidRDefault="00FA7B18" w:rsidP="00C43230">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -1881,51 +1934,50 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28955D76" w14:textId="040107F5" w:rsidR="00AE1AD3" w:rsidRPr="00CB603B" w:rsidRDefault="00AE1AD3" w:rsidP="00C43230">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F2A5585" w14:textId="7EBF21FB" w:rsidR="00620584" w:rsidRPr="00CB603B" w:rsidRDefault="0011503E" w:rsidP="008551EA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El asunto que ocupa este artículo es </w:t>
       </w:r>
       <w:r w:rsidR="00DD3A6B">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -2907,51 +2959,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FCCACBC" w14:textId="2B3F5D7B" w:rsidR="000C7D81" w:rsidRPr="00C43230" w:rsidRDefault="000C7D81" w:rsidP="00C43230">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C43230">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Objetivos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D6ED9AB" w14:textId="00F93AE7" w:rsidR="004676A0" w:rsidRPr="00CB603B" w:rsidRDefault="003C315B" w:rsidP="00930F19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ" w:eastAsia="uz-Cyrl-UZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -3654,51 +3705,60 @@
         </w:rPr>
         <w:t>conceptualizar</w:t>
       </w:r>
       <w:r w:rsidR="007B6548">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> el </w:t>
       </w:r>
       <w:r w:rsidR="007B6548" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve">autoconocimiento como medio psicoterapéutico </w:t>
       </w:r>
       <w:r w:rsidR="00E962B5" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
-        <w:t>y aplicarlo en la psicoterapia y la logoterapia. Señala</w:t>
+        <w:t xml:space="preserve">y aplicarlo </w:t>
+      </w:r>
+      <w:r w:rsidR="00E962B5" w:rsidRPr="00CB603B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="uz-Cyrl-UZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>en la psicoterapia y la logoterapia. Señala</w:t>
       </w:r>
       <w:r w:rsidR="00154C8C" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00E962B5" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> aspectos puntuales de la logoterapia de Víctor Frankl</w:t>
       </w:r>
       <w:r w:rsidR="00C65EAA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>, además d</w:t>
       </w:r>
@@ -3750,51 +3810,50 @@
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="0057686A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="0057686A" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve">lo </w:t>
       </w:r>
       <w:r w:rsidR="00E962B5" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>se orienta</w:t>
       </w:r>
       <w:r w:rsidR="00154C8C" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00E962B5" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> a la</w:t>
       </w:r>
       <w:r w:rsidR="0057686A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>s</w:t>
@@ -4482,99 +4541,91 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>potencial.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E10E578" w14:textId="4A59DB6A" w:rsidR="00E962B5" w:rsidRPr="00CB603B" w:rsidRDefault="00E962B5" w:rsidP="008551EA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Fierro</w:t>
       </w:r>
       <w:r w:rsidR="008B4E5B" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2004) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve">comenta en torno a la importancia de las decisiones </w:t>
       </w:r>
       <w:r w:rsidR="00672214">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="00672214" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">la persona misma; la vida depende de cada quien y no de otros o de las circunstancias; ciertamente, ser libre comporta un precio muy alto que no siempre a las personas les gusta pagar: el tomar y </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">asumir las decisiones </w:t>
+        <w:t xml:space="preserve">la persona misma; la vida depende de cada quien y no de otros o de las circunstancias; ciertamente, ser libre comporta un precio muy alto que no siempre a las personas les gusta pagar: el tomar y asumir las decisiones </w:t>
       </w:r>
       <w:r w:rsidR="008B4E5B" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>p. 12). Por eso</w:t>
       </w:r>
       <w:r w:rsidR="00672214">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
@@ -4981,69 +5032,51 @@
       </w:r>
       <w:r w:rsidR="006E0CDE" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> porque finalmente </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BA413F" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>autoconocerse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006E0CDE" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> permite autorregularse (</w:t>
-[...17 lines deleted...]
-        <w:t>,</w:t>
+        <w:t xml:space="preserve"> permite autorregularse (Santoya,</w:t>
       </w:r>
       <w:r w:rsidR="00001B0F" w:rsidRPr="00001B0F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419" w:eastAsia="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00001B0F" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419" w:eastAsia="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>Garcés</w:t>
       </w:r>
       <w:r w:rsidR="00001B0F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419" w:eastAsia="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> y</w:t>
       </w:r>
       <w:r w:rsidR="00001B0F" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -5340,51 +5373,59 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> vistos como afirmaciones emergentes del comportamiento como psicoterapeutas. Se pretendió extra</w:t>
       </w:r>
       <w:r w:rsidR="00147C78" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>r la experiencia vivida por ellos para descubrir las metas de su actividad</w:t>
+        <w:t xml:space="preserve">r la experiencia vivida por ellos para descubrir las metas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB603B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>de su actividad</w:t>
       </w:r>
       <w:r w:rsidR="006657AD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> a fin de dar con l</w:t>
       </w:r>
       <w:r w:rsidR="005A3CB0" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -5403,51 +5444,50 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> poniendo entre paréntesis la experiencia o prejuicios del investigador para ser fiel a las vivencias de los profesionales implicados.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47DA92B7" w14:textId="2A063AC0" w:rsidR="00CB21D6" w:rsidRPr="00CB603B" w:rsidRDefault="00CB21D6" w:rsidP="008551EA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Los entrevistados son psicoterapeutas de Durango, México, entidad ubicada al norte de</w:t>
       </w:r>
       <w:r w:rsidR="00A84C55">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> país. Su selección fue intencional mediante un muestreo teórico</w:t>
       </w:r>
       <w:r w:rsidR="001850CF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>; se buscaron</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
@@ -6012,51 +6052,50 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CDCD6B5" w14:textId="22643C44" w:rsidR="00843548" w:rsidRPr="00CB603B" w:rsidRDefault="00843548" w:rsidP="006742A1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tabla 1</w:t>
       </w:r>
       <w:r w:rsidR="006742A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="006742A1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Psicólogos participantes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="9280" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -7610,50 +7649,51 @@
         </w:rPr>
         <w:t>Fuente: E</w:t>
       </w:r>
       <w:r w:rsidR="00843548" w:rsidRPr="00BA413F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>laboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52CE56EC" w14:textId="31CCE18D" w:rsidR="00387C18" w:rsidRDefault="00387C18" w:rsidP="008551EA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">La investigación contempló dos momentos fenomenológicos: </w:t>
       </w:r>
       <w:r w:rsidRPr="004F1444">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> la recogida de datos</w:t>
       </w:r>
       <w:r w:rsidR="00AC2427">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -7704,58 +7744,51 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> la de </w:t>
       </w:r>
       <w:r w:rsidR="00AC2427">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00AC2427" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>utoconocimiento</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, producto de una actitud fenomenológica de dejarse guiar por la realidad </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">de los entrevistados </w:t>
+        <w:t xml:space="preserve">, producto de una actitud fenomenológica de dejarse guiar por la realidad de los entrevistados </w:t>
       </w:r>
       <w:r w:rsidR="00A23C0D" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">expresada y </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>registrada en las transcripciones. La intención fue describir, desde la vivencia profesional del psicoterapeuta</w:t>
       </w:r>
       <w:r w:rsidR="00A23C0D" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> el cómo </w:t>
       </w:r>
@@ -8639,57 +8672,65 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>concluy</w:t>
       </w:r>
       <w:r w:rsidR="00DF7FF5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>ó</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> que ninguno de los entrevistados detectó que se trata</w:t>
       </w:r>
       <w:r w:rsidR="00BA212E" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>ba de indagar componentes específicos vinculados con la ética profesional</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CB603B">
+        <w:t xml:space="preserve">ba de indagar componentes específicos vinculados con la ética </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA212E" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>profesional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB603B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00B85B60">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">lo que </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>hasta cierto punto se considera normal</w:t>
       </w:r>
       <w:r w:rsidR="00DF7FF5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
@@ -8716,59 +8757,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>100</w:t>
       </w:r>
       <w:r w:rsidR="00B85B60">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>%)</w:t>
       </w:r>
       <w:r w:rsidR="00BA212E" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> detectaron que se indagaban fines propios de la psicoterapia y casi </w:t>
-[...7 lines deleted...]
-        <w:t>todos, los modos congruentes para cumplirlos (75</w:t>
+        <w:t xml:space="preserve"> detectaron que se indagaban fines propios de la psicoterapia y casi todos, los modos congruentes para cumplirlos (75</w:t>
       </w:r>
       <w:r w:rsidR="00B85B60">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00BA212E" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">%). Por lo que </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>se infiere que el instrumento mide lo que dice medir.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EB8C82" w14:textId="3AEF7C62" w:rsidR="00BA212E" w:rsidRDefault="00E77541" w:rsidP="008551EA">
       <w:pPr>
@@ -9408,50 +9441,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C2F9407" w14:textId="53C34625" w:rsidR="00312C76" w:rsidRPr="00CB603B" w:rsidRDefault="002B21C9" w:rsidP="008551EA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">De </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">las </w:t>
       </w:r>
       <w:r w:rsidR="00312C76" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>respuestas que dieron los jueces en 11 de 17 reactivos (preguntas)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00312C76" w:rsidRPr="00CB603B">
         <w:rPr>
@@ -9527,59 +9561,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00312C76" w:rsidRPr="00BA413F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">%. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA413F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Junto a la validación por</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>jueces, se llevó a cabo una especie de entrevista piloto con las preguntas inicialmente formuladas donde, según las respuestas obtenidas de los psicoterapeutas entrevistados, se logró ver la dificultad que tenían las preguntas o reactivos señalados por los jueces como problemáticos en su estructura interrogativa</w:t>
+        <w:t xml:space="preserve"> jueces, se llevó a cabo una especie de entrevista piloto con las preguntas inicialmente formuladas donde, según las respuestas obtenidas de los psicoterapeutas entrevistados, se logró ver la dificultad que tenían las preguntas o reactivos señalados por los jueces como problemáticos en su estructura interrogativa</w:t>
       </w:r>
       <w:r w:rsidR="00E874DD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>, lo que dio</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> elementos para su rediseño.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EF17FAF" w14:textId="77777777" w:rsidR="00312C76" w:rsidRPr="00CB603B" w:rsidRDefault="00312C76" w:rsidP="008551EA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
@@ -9984,51 +10010,59 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> que se mueve entre el medio y el fin de </w:t>
       </w:r>
       <w:r w:rsidR="00C33D4F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>esta</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
-        <w:t>: autobservarse, despertar conciencia de la individualidad, el hacer conciencia de los estados mentales</w:t>
+        <w:t xml:space="preserve">: autobservarse, despertar conciencia de la individualidad, el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB603B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="uz-Cyrl-UZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>hacer conciencia de los estados mentales</w:t>
       </w:r>
       <w:r w:rsidR="00371167">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00371167">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Esto </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -10082,59 +10116,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>paréntesis señala</w:t>
       </w:r>
       <w:r w:rsidR="0021131D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="002E01E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00511073" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">el número de </w:t>
-[...7 lines deleted...]
-        <w:t>psicólogo entrevistado</w:t>
+        <w:t>el número de psicólogo entrevistado</w:t>
       </w:r>
       <w:r w:rsidR="00891770">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
       <w:r w:rsidR="00284E7D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00834AA8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="004F1444">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -10720,51 +10746,59 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> en lenguaje metafórico</w:t>
       </w:r>
       <w:r w:rsidR="00834AA8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">a ese ocuparse de la tierra propia (trabajar contigo), una especie de cultivarse, un ejercitarse espiritualmente y que trae a colación la sentencia socrática del conócete a ti mismo como función de la psicología. Lo podemos encontrar en las siguientes citas, venidas </w:t>
+        <w:t xml:space="preserve">a ese ocuparse de la tierra propia (trabajar contigo), una especie de cultivarse, un ejercitarse espiritualmente y que trae a colación la sentencia socrática del conócete a ti mismo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB603B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="uz-Cyrl-UZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">como función de la psicología. Lo podemos encontrar en las siguientes citas, venidas </w:t>
       </w:r>
       <w:r w:rsidR="00834AA8" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="0002684F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00834AA8" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -10780,51 +10814,50 @@
         <w:t xml:space="preserve"> entrevistado</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FFB367F" w14:textId="15DE4AA6" w:rsidR="00834AA8" w:rsidRDefault="00E618FE" w:rsidP="00834AA8">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1444">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Otra frase que me gusta mucho de este, de, de </w:t>
       </w:r>
       <w:r w:rsidRPr="004F1444">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>Las mil y una noches</w:t>
       </w:r>
       <w:r w:rsidRPr="004F1444">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> dice: </w:t>
       </w:r>
       <w:r w:rsidR="00FE6D2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
@@ -11397,58 +11430,58 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004F1444">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ¿no? </w:t>
       </w:r>
       <w:r w:rsidR="00DC39EB">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00DC39EB" w:rsidRPr="004F1444">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ntonces </w:t>
       </w:r>
       <w:r w:rsidRPr="004F1444">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">les digo que es como… es entender por qué tuvieron que llegar a hasta ese punto, que a veces es necesario llegar hasta ese límite para entender todo lo que habían dejado de hacer, les digo yo que a mí se me asemeja como una granada de esas que explotan, entonces una vez que </w:t>
+        <w:t xml:space="preserve">les digo que es como… es entender por qué tuvieron que llegar a hasta ese punto, que a veces es necesario llegar hasta ese </w:t>
       </w:r>
       <w:r w:rsidRPr="004F1444">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ya se abre la granada sabes de qué estaba hecha, mientras no se rompe es una amenaza constante porque no sabes lo que está adentro, entonces tienes que empezar a entender</w:t>
+        <w:t>límite para entender todo lo que habían dejado de hacer, les digo yo que a mí se me asemeja como una granada de esas que explotan, entonces una vez que ya se abre la granada sabes de qué estaba hecha, mientras no se rompe es una amenaza constante porque no sabes lo que está adentro, entonces tienes que empezar a entender</w:t>
       </w:r>
       <w:r w:rsidR="003D74A4" w:rsidRPr="004F1444">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004F1444">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a partir de eso, lo que ha ocurrido, lo que eres (…) entonces para nosotros esa es la función (4P).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D98DF3C" w14:textId="7087DE84" w:rsidR="00E618FE" w:rsidRPr="004F1444" w:rsidRDefault="00912CBE" w:rsidP="004F1444">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -12087,51 +12120,50 @@
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C8C4C5E" w14:textId="7C414FDC" w:rsidR="00E618FE" w:rsidRPr="00CB603B" w:rsidRDefault="00967484" w:rsidP="004F1444">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00E618FE" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve">ecía un </w:t>
       </w:r>
       <w:r w:rsidR="00966C0E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>carraspeo</w:t>
       </w:r>
       <w:r w:rsidR="00966C0E">
         <w:rPr>
@@ -12705,50 +12737,51 @@
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>ciencia) regula, planifica y decide: actúa (voluntad). Es así que una finalidad de la psicoterapia es ciertamente el autoconocimiento que impacta sin duda en la capacidad de ser feliz que, seguramente, también entraña un cierto origen en la libertad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52602F4D" w14:textId="49E07C0A" w:rsidR="00E618FE" w:rsidRPr="004F1444" w:rsidRDefault="00CF7431" w:rsidP="004F1444">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>De esta manera, la psicoterapia</w:t>
       </w:r>
       <w:r w:rsidR="00E618FE" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> se propone el ser “más libres” (3P</w:t>
       </w:r>
       <w:r w:rsidR="00511073" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E618FE" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6P, 4P) como meta del trabajo del psicólogo clínico</w:t>
       </w:r>
       <w:r w:rsidR="00AD30CE">
         <w:rPr>
@@ -12789,59 +12822,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> algunas citas que sostienen lo dicho:</w:t>
       </w:r>
       <w:r w:rsidR="00AD30CE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E618FE" w:rsidRPr="004F1444">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00E618FE" w:rsidRPr="004F1444">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">El </w:t>
-[...7 lines deleted...]
-        <w:t>paciente se va a clarificar y va a empezar a tomar decisiones diferentes, va a empezar a darse cuenta de lo que trae, a conocerse” (1P</w:t>
+        <w:t>El paciente se va a clarificar y va a empezar a tomar decisiones diferentes, va a empezar a darse cuenta de lo que trae, a conocerse” (1P</w:t>
       </w:r>
       <w:r w:rsidR="00AD30CE" w:rsidRPr="004F1444">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00AD30CE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00AD30CE" w:rsidRPr="004F1444">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E618FE" w:rsidRPr="004F1444">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -13651,51 +13676,59 @@
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve">r </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve">de ases). La libertad supone el concepto de </w:t>
       </w:r>
       <w:r w:rsidRPr="004F1444">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>autonomía</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (“hacerlo un poquito más centro en sí mismo”), también responsabilidad frente a los otros (“sin olvidar que tenemos una esencia social”) y capacidad de respuesta de lo realizado (“enfrentar las consecuencias”), por eso, una vez que la persona se conoce, reflexiona sobre lo que ha hecho y se descubre ya no puede no enfrentar la realidad y, sobre todo, la realidad propia (“no puedes esconder el </w:t>
+        <w:t xml:space="preserve"> (“hacerlo un poquito más centro en sí mismo”), también responsabilidad frente a los otros (“sin olvidar que tenemos una esencia social”) y capacidad de respuesta de lo realizado (“enfrentar las consecuencias”), por eso, una vez que la persona se conoce, reflexiona sobre lo que ha hecho </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB603B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="uz-Cyrl-UZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">y se descubre ya no puede no enfrentar la realidad y, sobre todo, la realidad propia (“no puedes esconder el </w:t>
       </w:r>
       <w:r w:rsidR="00045E3A" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00045E3A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ó</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00045E3A" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="00045E3A">
@@ -13713,51 +13746,50 @@
         <w:t xml:space="preserve">r </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve">de ases”). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2712ABA8" w14:textId="325A0297" w:rsidR="00E618FE" w:rsidRPr="00CB603B" w:rsidRDefault="00045E3A" w:rsidP="008551EA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00490C97" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>e lo anterior</w:t>
       </w:r>
       <w:r w:rsidR="00E618FE" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> se concluye </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">que </w:t>
       </w:r>
       <w:r w:rsidR="00E618FE" w:rsidRPr="00CB603B">
         <w:rPr>
@@ -14891,51 +14923,59 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>. Este mirar dentro de sí</w:t>
       </w:r>
       <w:r w:rsidR="00045E3A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00045E3A" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
-        <w:t>mirarse, como trabajo primordial de la psicoterapia es vehículo de conocimiento de sí, como la metáfora de</w:t>
+        <w:t xml:space="preserve">mirarse, como trabajo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB603B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="uz-Cyrl-UZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>primordial de la psicoterapia es vehículo de conocimiento de sí, como la metáfora de</w:t>
       </w:r>
       <w:r w:rsidR="00782B07">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00782B07" w:rsidRPr="004F1444">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>El cuento de la i</w:t>
       </w:r>
       <w:r w:rsidR="00782B07" w:rsidRPr="004F1444">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve">sla </w:t>
@@ -14953,59 +14993,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Saramago</w:t>
       </w:r>
       <w:r w:rsidR="00F96450">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1998)</w:t>
       </w:r>
       <w:r w:rsidR="00927A22">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que jamás se logra conocer si la persona </w:t>
-[...7 lines deleted...]
-        <w:t>no sale de sí misma: “</w:t>
+        <w:t xml:space="preserve"> que jamás se logra conocer si la persona no sale de sí misma: “</w:t>
       </w:r>
       <w:r w:rsidR="00927A22">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00927A22" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve">i </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>no sales de ti, no llegas a saber quién eres” (p. 47)</w:t>
       </w:r>
       <w:r w:rsidR="00F96450">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -15442,73 +15474,73 @@
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> pues el desconocimiento de lo que se es en sí mismo impide la congruencia</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> entre sí mismo y la experiencia total del organismo como tendencia actualizada y constructiva (Campos, 1987 en Casanova, 1993). Así</w:t>
+        <w:t xml:space="preserve"> entre sí mismo y la experiencia total del organismo como </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB603B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="uz-Cyrl-UZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>tendencia actualizada y constructiva (Campos, 1987 en Casanova, 1993). Así</w:t>
       </w:r>
       <w:r w:rsidR="009E44A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la psicoterapia </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">se vuelve </w:t>
+        <w:t xml:space="preserve"> la psicoterapia se vuelve </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>camino de autenticidad vivido internamente por el sujeto, venida del manantial del autoconocimiento</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08E3F0BD" w14:textId="37A2B360" w:rsidR="00E618FE" w:rsidRPr="00CB603B" w:rsidRDefault="00E618FE" w:rsidP="008551EA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
@@ -16196,84 +16228,92 @@
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">tal y como enfatiza, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>también concuerda con lo que Yela (1967</w:t>
       </w:r>
       <w:r w:rsidR="008D51C6" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="008D51C6" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1994</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D51C6" w:rsidRPr="00CB603B">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="uz-Cyrl-UZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1994</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve">) habla de que </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>la psicoterapia se constituye en intención de liberar al ser humano</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve">; así, </w:t>
       </w:r>
       <w:r w:rsidR="001808FA" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="001808FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="001808FA" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve">lo </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>con esta conciencia generada</w:t>
@@ -16865,51 +16905,50 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CEFBDF7" w14:textId="372E33A8" w:rsidR="002A096F" w:rsidRPr="00CB603B" w:rsidRDefault="002A096F" w:rsidP="00C43230">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385F6C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Conclusi</w:t>
       </w:r>
       <w:r w:rsidR="00CB603B" w:rsidRPr="00385F6C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>ones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5717EEA1" w14:textId="2C70723D" w:rsidR="002A096F" w:rsidRPr="00CB603B" w:rsidRDefault="007932AD" w:rsidP="008551EA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -17490,66 +17529,66 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la psicología sobre la base del autoconocimiento de sí mismo y el vínculo que tiene </w:t>
       </w:r>
       <w:r w:rsidR="00ED17D1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00ED17D1" w:rsidRPr="00BA413F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">ste </w:t>
       </w:r>
       <w:r w:rsidR="008624C3" w:rsidRPr="00BA413F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>con el gobierno de sí, con la</w:t>
+        <w:t xml:space="preserve">con el </w:t>
+      </w:r>
+      <w:r w:rsidR="008624C3" w:rsidRPr="00BA413F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>gobierno de sí, con la</w:t>
       </w:r>
       <w:r w:rsidR="008624C3" w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> libertad humana, sobre todo aquella venida producto del gobierno de </w:t>
-[...7 lines deleted...]
-        <w:t>los procesos psicológicos vistos como acciones humanas voluntarias y, por lo tanto, originadas por el individuo mismo.</w:t>
+        <w:t xml:space="preserve"> libertad humana, sobre todo aquella venida producto del gobierno de los procesos psicológicos vistos como acciones humanas voluntarias y, por lo tanto, originadas por el individuo mismo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F54A273" w14:textId="77777777" w:rsidR="003D74A4" w:rsidRDefault="003D74A4" w:rsidP="008551EA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5188B44F" w14:textId="33138F5A" w:rsidR="00D81B42" w:rsidRPr="00C43230" w:rsidRDefault="00D81B42" w:rsidP="00C43230">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
@@ -18266,69 +18305,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>práxicos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00776302">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="005F66E4" w:rsidRPr="00776302">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="uz-Cyrl-UZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bilbao, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">Bilbao, España: </w:t>
       </w:r>
       <w:r w:rsidR="005F66E4" w:rsidRPr="00776302">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="uz-Cyrl-UZ" w:eastAsia="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>Desclée de Brouwer</w:t>
       </w:r>
       <w:r w:rsidR="005F66E4" w:rsidRPr="00776302">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76FC6B1C" w14:textId="30C21B78" w:rsidR="006E6BE3" w:rsidRPr="004F1444" w:rsidRDefault="004D3798" w:rsidP="003D74A4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4438"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
@@ -19864,67 +19885,51 @@
           <w:lang w:val="es-419" w:eastAsia="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419" w:eastAsia="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419" w:eastAsia="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>Tezón</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419" w:eastAsia="uz-Cyrl-UZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">, M. (2018). Las emociones en la vida universitaria: análisis de la relación entre </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> en adolescentes y jóvenes universitario</w:t>
+        <w:t>, M. (2018). Las emociones en la vida universitaria: análisis de la relación entre autoconocimiento emocional y autorregulación emocional en adolescentes y jóvenes universitario</w:t>
       </w:r>
       <w:r w:rsidR="00001B0F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419" w:eastAsia="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>s.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419" w:eastAsia="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CB603B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419" w:eastAsia="uz-Cyrl-UZ"/>
         </w:rPr>
         <w:t>Psicogente</w:t>
       </w:r>
@@ -20545,51 +20550,50 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="3290" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1986"/>
         <w:gridCol w:w="3816"/>
       </w:tblGrid>
       <w:tr w:rsidR="00776302" w:rsidRPr="00776302" w14:paraId="326CB340" w14:textId="77777777" w:rsidTr="00776302">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="587E163F" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
@@ -20620,51 +20624,50 @@
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="14" w:name="_btsjgdfgjwkr" w:colFirst="0" w:colLast="0"/>
         <w:bookmarkEnd w:id="14"/>
       </w:tr>
       <w:tr w:rsidR="00776302" w:rsidRPr="00776302" w14:paraId="131DEE10" w14:textId="77777777" w:rsidTr="00776302">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0F2572EC" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Conceptualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -20683,51 +20686,50 @@
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Patricia Lorena Martínez </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Martínez</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00776302" w:rsidRPr="00776302" w14:paraId="275B6479" w14:textId="77777777" w:rsidTr="00776302">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7E428E03" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Metodología</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -20746,51 +20748,50 @@
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Patricia Lorena Martínez </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Martínez</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00776302" w:rsidRPr="00776302" w14:paraId="0AFF4B6F" w14:textId="77777777" w:rsidTr="00776302">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="782A2CBA" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -20800,51 +20801,50 @@
           <w:p w14:paraId="0502D34F" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Marco Antonio Vázquez Soto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00776302" w:rsidRPr="00776302" w14:paraId="2E2D12F1" w14:textId="77777777" w:rsidTr="00776302">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7EFDA355" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Validación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -20854,51 +20854,50 @@
           <w:p w14:paraId="636FF50E" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Marco Antonio Vázquez Soto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00776302" w:rsidRPr="00776302" w14:paraId="2309B04E" w14:textId="77777777" w:rsidTr="00776302">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="123C7AA6" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Análisis Formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -20917,51 +20916,50 @@
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Patricia Lorena Martínez </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Martínez</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00776302" w:rsidRPr="00776302" w14:paraId="5751DB87" w14:textId="77777777" w:rsidTr="00776302">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="45BD7621" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Investigación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -20971,51 +20969,50 @@
           <w:p w14:paraId="1069A902" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Marco Antonio Vázquez Soto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00776302" w:rsidRPr="00776302" w14:paraId="01609C41" w14:textId="77777777" w:rsidTr="00776302">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7A5FBA82" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -21025,51 +21022,50 @@
           <w:p w14:paraId="4582FFB8" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Marco Antonio Vázquez Soto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00776302" w:rsidRPr="00776302" w14:paraId="189407CF" w14:textId="77777777" w:rsidTr="00776302">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="725719A4" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Curación de datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -21088,51 +21084,50 @@
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Patricia Lorena Martínez </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Martínez</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00776302" w:rsidRPr="00776302" w14:paraId="6842ED6C" w14:textId="77777777" w:rsidTr="00776302">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="01FC4FAB" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Preparación del borrador original</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -21142,51 +21137,50 @@
           <w:p w14:paraId="478900D4" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Jaime Fernández Escárzaga</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00776302" w:rsidRPr="00776302" w14:paraId="47FEC7C7" w14:textId="77777777" w:rsidTr="00776302">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6A9B3D58" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Revisión y edición</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -21196,51 +21190,50 @@
           <w:p w14:paraId="608D557F" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Marco Antonio Vázquez Soto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00776302" w:rsidRPr="00776302" w14:paraId="46F7B5F9" w14:textId="77777777" w:rsidTr="00776302">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1442FF87" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Visualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -21250,51 +21243,50 @@
           <w:p w14:paraId="69519689" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Marco Antonio Vázquez Soto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00776302" w:rsidRPr="00776302" w14:paraId="078D9896" w14:textId="77777777" w:rsidTr="00776302">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="280CF8C9" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Supervisión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -21304,51 +21296,50 @@
           <w:p w14:paraId="14B0FD01" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Jaime Fernández Escárzaga</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00776302" w:rsidRPr="00776302" w14:paraId="38A184CD" w14:textId="77777777" w:rsidTr="00776302">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5E236A2A" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Administración de Proyectos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -21358,51 +21349,50 @@
           <w:p w14:paraId="0FACA587" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Jaime Fernández Escárzaga</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00776302" w:rsidRPr="00776302" w14:paraId="1EBCE672" w14:textId="77777777" w:rsidTr="00776302">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="277072D5" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="00885E8E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Adquisición de fondos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -21418,85 +21408,85 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776302">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Jaime Fernández Escárzaga</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17815A9E" w14:textId="77777777" w:rsidR="00776302" w:rsidRPr="00776302" w:rsidRDefault="00776302" w:rsidP="003D74A4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00776302" w:rsidRPr="00776302" w:rsidSect="00C43230">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1276" w:right="1701" w:bottom="709" w:left="1701" w:header="142" w:footer="29" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32304322" w14:textId="77777777" w:rsidR="000B2671" w:rsidRDefault="000B2671" w:rsidP="00E962B5">
+    <w:p w14:paraId="659FADEA" w14:textId="77777777" w:rsidR="0076465C" w:rsidRDefault="0076465C" w:rsidP="00E962B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C5482DA" w14:textId="77777777" w:rsidR="000B2671" w:rsidRDefault="000B2671" w:rsidP="00E962B5">
+    <w:p w14:paraId="5CE13A08" w14:textId="77777777" w:rsidR="0076465C" w:rsidRDefault="0076465C" w:rsidP="00E962B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="59C11AF0" w14:textId="77777777" w:rsidR="000B2671" w:rsidRDefault="000B2671"/>
+    <w:p w14:paraId="010D478B" w14:textId="77777777" w:rsidR="0076465C" w:rsidRDefault="0076465C"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -21534,150 +21524,194 @@
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2FF33894" w14:textId="778CD33F" w:rsidR="00F6311E" w:rsidRDefault="004F1444" w:rsidP="004F1444">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidRPr="009812F1">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">ol. </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="009812F1">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>8  Núm.</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="009812F1">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 15                   Enero – Junio 2022                      PAG</w:t>
+      <w:t xml:space="preserve"> 15                   </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="009812F1">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Enero</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="009812F1">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="009812F1">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="009812F1">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2022                      PAG</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4777B6D1" w14:textId="77777777" w:rsidR="00F077BB" w:rsidRDefault="00F077BB">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D8406A3" w14:textId="77777777" w:rsidR="000B2671" w:rsidRDefault="000B2671" w:rsidP="00E962B5">
+    <w:p w14:paraId="78C02860" w14:textId="77777777" w:rsidR="0076465C" w:rsidRDefault="0076465C" w:rsidP="00E962B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="724848A7" w14:textId="77777777" w:rsidR="000B2671" w:rsidRDefault="000B2671" w:rsidP="00E962B5">
+    <w:p w14:paraId="09D9E77B" w14:textId="77777777" w:rsidR="0076465C" w:rsidRDefault="0076465C" w:rsidP="00E962B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6C85F5DC" w14:textId="77777777" w:rsidR="000B2671" w:rsidRDefault="000B2671"/>
+    <w:p w14:paraId="09886A23" w14:textId="77777777" w:rsidR="0076465C" w:rsidRDefault="0076465C"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="2A1023FB" w14:textId="77777777" w:rsidR="00E618FE" w:rsidRPr="009B71E6" w:rsidRDefault="00E618FE" w:rsidP="00E618FE">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="006421F1">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “Tienen que aprender a ser congruentes”, dicho por la psicóloga ecléctica en otra categoría.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5CB64910" w14:textId="59CAEA31" w:rsidR="004F1444" w:rsidRDefault="004F1444" w:rsidP="004F1444">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58874758" wp14:editId="58C8EA3C">
           <wp:extent cx="5400040" cy="584835"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="20" name="Imagen 20"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="18" name="Imagen 18"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
@@ -21686,51 +21720,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5400040" cy="584835"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00AC7D4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58646DFC"/>
     <w:lvl w:ilvl="0" w:tplc="580A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -23721,51 +23755,51 @@
   <w:num w:numId="12" w16cid:durableId="658580486">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1131434824">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2125877649">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1849248851">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="744693861">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2067407762">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1980308282">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -23847,50 +23881,51 @@
     <w:rsid w:val="002E01E6"/>
     <w:rsid w:val="002E5518"/>
     <w:rsid w:val="002F3CC5"/>
     <w:rsid w:val="00302290"/>
     <w:rsid w:val="00306D34"/>
     <w:rsid w:val="0031095D"/>
     <w:rsid w:val="003115B4"/>
     <w:rsid w:val="00312C76"/>
     <w:rsid w:val="00323B2D"/>
     <w:rsid w:val="00324A04"/>
     <w:rsid w:val="0032753C"/>
     <w:rsid w:val="00340340"/>
     <w:rsid w:val="00354B7D"/>
     <w:rsid w:val="00355E43"/>
     <w:rsid w:val="0036390A"/>
     <w:rsid w:val="00365C28"/>
     <w:rsid w:val="00371167"/>
     <w:rsid w:val="00372B8B"/>
     <w:rsid w:val="0037470A"/>
     <w:rsid w:val="003763F3"/>
     <w:rsid w:val="00383D3C"/>
     <w:rsid w:val="00383D98"/>
     <w:rsid w:val="00385F6C"/>
     <w:rsid w:val="00387C18"/>
     <w:rsid w:val="00397A7E"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A7EC1"/>
     <w:rsid w:val="003B48CC"/>
     <w:rsid w:val="003C315B"/>
     <w:rsid w:val="003C360F"/>
     <w:rsid w:val="003D38E5"/>
     <w:rsid w:val="003D5404"/>
     <w:rsid w:val="003D5934"/>
     <w:rsid w:val="003D74A4"/>
     <w:rsid w:val="003E04B5"/>
     <w:rsid w:val="003E23E5"/>
     <w:rsid w:val="003E7BB3"/>
     <w:rsid w:val="003F70DA"/>
     <w:rsid w:val="004038E1"/>
     <w:rsid w:val="004215A3"/>
     <w:rsid w:val="004406F8"/>
     <w:rsid w:val="00445AED"/>
     <w:rsid w:val="004559E9"/>
     <w:rsid w:val="004676A0"/>
     <w:rsid w:val="00471FCA"/>
     <w:rsid w:val="00473908"/>
     <w:rsid w:val="004741F7"/>
     <w:rsid w:val="00480713"/>
     <w:rsid w:val="00484B3E"/>
     <w:rsid w:val="00490C97"/>
     <w:rsid w:val="00493D37"/>
@@ -23957,50 +23992,51 @@
     <w:rsid w:val="006939C2"/>
     <w:rsid w:val="006947D0"/>
     <w:rsid w:val="006A17A1"/>
     <w:rsid w:val="006A4F7C"/>
     <w:rsid w:val="006C2370"/>
     <w:rsid w:val="006C561D"/>
     <w:rsid w:val="006C6A69"/>
     <w:rsid w:val="006C6BA9"/>
     <w:rsid w:val="006E0CDE"/>
     <w:rsid w:val="006E2341"/>
     <w:rsid w:val="006E6100"/>
     <w:rsid w:val="006E6BE3"/>
     <w:rsid w:val="006F06AC"/>
     <w:rsid w:val="006F51A1"/>
     <w:rsid w:val="007105C3"/>
     <w:rsid w:val="00712B7E"/>
     <w:rsid w:val="0071635A"/>
     <w:rsid w:val="0072199D"/>
     <w:rsid w:val="007225DD"/>
     <w:rsid w:val="007229DB"/>
     <w:rsid w:val="00724C9A"/>
     <w:rsid w:val="00734194"/>
     <w:rsid w:val="00740DA8"/>
     <w:rsid w:val="00746DE2"/>
     <w:rsid w:val="0076144F"/>
+    <w:rsid w:val="0076465C"/>
     <w:rsid w:val="00764DD8"/>
     <w:rsid w:val="00776302"/>
     <w:rsid w:val="00781A17"/>
     <w:rsid w:val="0078287E"/>
     <w:rsid w:val="00782B07"/>
     <w:rsid w:val="007855F5"/>
     <w:rsid w:val="00786450"/>
     <w:rsid w:val="007909ED"/>
     <w:rsid w:val="007932AD"/>
     <w:rsid w:val="007B4133"/>
     <w:rsid w:val="007B6548"/>
     <w:rsid w:val="007C0F90"/>
     <w:rsid w:val="007C5873"/>
     <w:rsid w:val="007E56C3"/>
     <w:rsid w:val="007E6049"/>
     <w:rsid w:val="007E71DC"/>
     <w:rsid w:val="007F1EB5"/>
     <w:rsid w:val="00804D91"/>
     <w:rsid w:val="00806B4F"/>
     <w:rsid w:val="0081752B"/>
     <w:rsid w:val="00822067"/>
     <w:rsid w:val="0082277A"/>
     <w:rsid w:val="00834AA8"/>
     <w:rsid w:val="00843548"/>
     <w:rsid w:val="00846A1E"/>
@@ -24194,87 +24230,88 @@
     <w:rsid w:val="00ED307F"/>
     <w:rsid w:val="00ED5EF6"/>
     <w:rsid w:val="00EF000A"/>
     <w:rsid w:val="00EF0416"/>
     <w:rsid w:val="00EF10BE"/>
     <w:rsid w:val="00EF466E"/>
     <w:rsid w:val="00F017F3"/>
     <w:rsid w:val="00F077BB"/>
     <w:rsid w:val="00F07CDB"/>
     <w:rsid w:val="00F11CEA"/>
     <w:rsid w:val="00F20005"/>
     <w:rsid w:val="00F24B22"/>
     <w:rsid w:val="00F46266"/>
     <w:rsid w:val="00F6059E"/>
     <w:rsid w:val="00F62F7F"/>
     <w:rsid w:val="00F6311E"/>
     <w:rsid w:val="00F74E3B"/>
     <w:rsid w:val="00F82499"/>
     <w:rsid w:val="00F8521E"/>
     <w:rsid w:val="00F8544D"/>
     <w:rsid w:val="00F961DF"/>
     <w:rsid w:val="00F96450"/>
     <w:rsid w:val="00FA5BBE"/>
     <w:rsid w:val="00FA7B18"/>
     <w:rsid w:val="00FB2326"/>
+    <w:rsid w:val="00FB3007"/>
     <w:rsid w:val="00FC3F33"/>
     <w:rsid w:val="00FC485B"/>
     <w:rsid w:val="00FE1767"/>
     <w:rsid w:val="00FE6D2B"/>
     <w:rsid w:val="00FF7C27"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-419" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="00082927"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D06F8E47-14A5-4EFA-8250-1C94C10EE31A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-419" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -24875,51 +24912,50 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E962B5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -25355,51 +25391,51 @@
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLconformatoprevioCar">
     <w:name w:val="HTML con formato previo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="HTMLconformatoprevio"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004F1444"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="72505953">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1727531230">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -26484,51 +26520,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2105226814">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v9i18.901" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -26807,70 +26843,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE40A57A-F84E-4DA7-AD69-397FEA121E7C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>25</Pages>
-  <Words>8399</Words>
-  <Characters>46196</Characters>
+  <Words>8414</Words>
+  <Characters>46280</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>384</Lines>
-  <Paragraphs>108</Paragraphs>
+  <Lines>385</Lines>
+  <Paragraphs>109</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>54487</CharactersWithSpaces>
+  <CharactersWithSpaces>54585</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Patricia Mtz.</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>