--- v0 (2025-10-17)
+++ v1 (2026-03-26)
@@ -4,79 +4,133 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4EB166A7" w14:textId="739C4FCA" w:rsidR="00541651" w:rsidRDefault="00541651" w:rsidP="00541651">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="007568F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk110441643"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="007568F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0051A3" w14:textId="5BE31C35" w:rsidR="00B247AE" w:rsidRDefault="00B247AE" w:rsidP="00541651">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B247AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00B247AE">
+          <w:rPr>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v9i18.905</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3333F2DA" w14:textId="77777777" w:rsidR="00B247AE" w:rsidRPr="00B247AE" w:rsidRDefault="00B247AE" w:rsidP="00541651">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2C9FFA57" w14:textId="23FD7D01" w:rsidR="00FD230B" w:rsidRPr="007568F1" w:rsidRDefault="006A1245" w:rsidP="00541651">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007568F1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Funciones de </w:t>
       </w:r>
       <w:r w:rsidR="00FB70CD" w:rsidRPr="007568F1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -1009,50 +1063,51 @@
         </w:rPr>
         <w:t xml:space="preserve">de una mayor orientación de los profesores y estrategias específicas por parte de los aprendices para ser aprovechadas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FEA2537" w14:textId="520D0FF1" w:rsidR="006A1245" w:rsidRPr="000312B2" w:rsidRDefault="006A1245" w:rsidP="00AA569F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00541651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Palabras clave:</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA569F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002F1DE5" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>enseñanza de idiomas, medios digitales, tecnología educativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A9DA650" w14:textId="6D05C81A" w:rsidR="00836170" w:rsidRDefault="00836170" w:rsidP="00AA569F">
       <w:pPr>
@@ -1080,51 +1135,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="082284D6" w14:textId="48CD64B7" w:rsidR="006A1245" w:rsidRPr="00541651" w:rsidRDefault="006A1245" w:rsidP="00AA569F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00541651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4CE932E3" w14:textId="77777777" w:rsidR="000B6C5D" w:rsidRPr="000B6C5D" w:rsidRDefault="000B6C5D" w:rsidP="000B6C5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B6C5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">One of the technological applications that has had the greatest impact in recent years has been virtual environments in education. However, the expansion of these virtual educational platforms has revealed shortcomings both in teaching methods and in learning strategies and styles, especially in academic fields in which face-to-face interaction had been until recently the only form contemplated for the acquisition of specific knowledge, such as the language learning process. Therefore, this article seeks to identify the functions of the Microsoft Teams platform that may be useful for language learners, as well as to point out those that require further guidance from teachers and specific strategies on the part of learners in order to be taken advantage of. </w:t>
       </w:r>
     </w:p>
@@ -2228,58 +2282,69 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Enero 2022</w:t>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7494262B" w14:textId="5F3312E4" w:rsidR="00541651" w:rsidRPr="00541651" w:rsidRDefault="00000000" w:rsidP="00541651">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="744BEB3B">
           <v:rect id="_x0000_i1025" alt="" style="width:388pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hrpct="878" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="2755FAD4" w14:textId="1FBCF60C" w:rsidR="00AA569F" w:rsidRDefault="00AA569F" w:rsidP="00AA569F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
@@ -2377,51 +2442,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05EB9C24" w14:textId="79E16224" w:rsidR="00F93B71" w:rsidRPr="00541651" w:rsidRDefault="006A1245" w:rsidP="00541651">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00541651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A355593" w14:textId="701BAEDF" w:rsidR="00AC7670" w:rsidRPr="000312B2" w:rsidRDefault="00887AC6" w:rsidP="004B4D96">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00887AC6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -3328,88 +3392,69 @@
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> se dio desde hace varios siglos atrás, incluso mucho antes de la aparición de las tecnologías de la información y comunicación </w:t>
       </w:r>
       <w:r w:rsidR="00B35C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">(TIC) </w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...19 lines deleted...]
-        <w:t>, 2009)</w:t>
+        <w:t>(Area, 2009)</w:t>
       </w:r>
       <w:r w:rsidR="0052150A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0052150A" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">puede entenderse como </w:t>
       </w:r>
       <w:r w:rsidR="00411005">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>el</w:t>
       </w:r>
       <w:r w:rsidR="0052150A" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> fenómeno </w:t>
       </w:r>
       <w:r w:rsidR="00411005">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3451,90 +3496,78 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4037712A" w14:textId="5487FAB8" w:rsidR="00B47778" w:rsidRDefault="000C7317" w:rsidP="00AA2EBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Hace poco más de una década, la tecnología educativa novedosa </w:t>
       </w:r>
       <w:r w:rsidR="00863906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>era</w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> lo que ahora se contempla como recursos muy básicos: la </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00541651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>World</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Wide Web</w:t>
+        <w:t>World Wide Web</w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>, los motores de búsqueda, el correo electrónico, las herramientas para conferencias, las tecnologías de presentación multimedia y las redes de información (Soler</w:t>
       </w:r>
       <w:r w:rsidR="000D36C2" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> y Lezcano</w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
@@ -4448,95 +4481,104 @@
       <w:r w:rsidR="00CF6282" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> para que las plataformas virtuales de enseñanza cumplan de forma </w:t>
       </w:r>
       <w:r w:rsidR="00F574BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">óptima </w:t>
       </w:r>
       <w:r w:rsidR="00CF6282" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>sus funciones, estas deben utilizarse siguiendo una metodología concreta basada en las necesidades de los profesores y de los estudiantes.</w:t>
+        <w:t xml:space="preserve">sus funciones, estas deben utilizarse </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6282" w:rsidRPr="000312B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>siguiendo una metodología concreta basada en las necesidades de los profesores y de los estudiantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C8A6CE9" w14:textId="60FA6024" w:rsidR="008008BC" w:rsidRPr="000312B2" w:rsidRDefault="00CF6282" w:rsidP="00AA2EBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55EA8BB3" w14:textId="76F52561" w:rsidR="00A540F5" w:rsidRPr="000312B2" w:rsidRDefault="00686408" w:rsidP="00EA78EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Por supuesto</w:t>
       </w:r>
       <w:r w:rsidR="00CF6282" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>, la utilización de estas puede responder a diversas circunstancias académicas, lo que hace más complej</w:t>
       </w:r>
       <w:r w:rsidR="00AE0F8C" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00CF6282" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4574,89 +4616,69 @@
       <w:r w:rsidR="008008BC" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>, ya que, de acuerdo con San Román</w:t>
       </w:r>
       <w:r w:rsidR="003F7A67">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="003F7A67" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mendoza, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Mendoza, Y</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7A67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
       <w:r w:rsidR="003F7A67" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Y</w:t>
-[...27 lines deleted...]
-        <w:t>, Magaña</w:t>
+        <w:t>pez, Magaña</w:t>
       </w:r>
       <w:r w:rsidR="003F7A67">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F7A67" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>y Ara</w:t>
       </w:r>
       <w:r w:rsidR="008008BC" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
@@ -5693,84 +5715,76 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2647BB04" w14:textId="526D432D" w:rsidR="004B2102" w:rsidRDefault="00806EA1" w:rsidP="00AA2EBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Sin duda</w:t>
       </w:r>
       <w:r w:rsidR="004B2102" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, las plataformas virtuales y su implementación dentro de un plan de formación en pro del manejo adecuado de las </w:t>
       </w:r>
       <w:r w:rsidR="00244823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TIC</w:t>
       </w:r>
       <w:r w:rsidR="004B2102" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> por los estudiantes se plantean como el futuro inminente de la educación, pero esto depende de diversos factores, siendo uno de los principales el docente, quien debe estar capacitado para orientar al alumno en su utilización </w:t>
-[...8 lines deleted...]
-        <w:t>y forjar con ello oportunidades de aprendizaje y un ambiente propicio en el aula (Cañar</w:t>
+        <w:t xml:space="preserve"> por los estudiantes se plantean como el futuro inminente de la educación, pero esto depende de diversos factores, siendo uno de los principales el docente, quien debe estar capacitado para orientar al alumno en su utilización y forjar con ello oportunidades de aprendizaje y un ambiente propicio en el aula (Cañar</w:t>
       </w:r>
       <w:r w:rsidR="003D342B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E33096" w:rsidRPr="00E33096">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E33096" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
@@ -6262,50 +6276,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">por llevar a la práctica los nuevos conocimientos (Rodríguez, 2016). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="049A5A24" w14:textId="075CD273" w:rsidR="003F0C11" w:rsidRPr="000312B2" w:rsidRDefault="0009738D" w:rsidP="00AA2EBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="003F0C11" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>mbos planteamientos anteriores (Martínez</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
@@ -6421,51 +6436,50 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">pero también directivos, administrativos y demás implicados en este campo. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CF93825" w14:textId="18A7975A" w:rsidR="005D2D3D" w:rsidRPr="000312B2" w:rsidRDefault="005D2D3D" w:rsidP="00AA2EBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Sin embargo, en el área de la enseñanza de lenguas existen tantas posibles complicaciones relacionadas con la interacción entre el docente y los aprendices </w:t>
       </w:r>
       <w:r w:rsidR="008E6671">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>siendo la participación oral y la conversación entre los agentes una de las principales</w:t>
       </w:r>
       <w:r w:rsidR="008E6671">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7322,51 +7336,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B653A79" w14:textId="159E412E" w:rsidR="00243C3C" w:rsidRPr="00AA2EBC" w:rsidRDefault="00243C3C" w:rsidP="00541651">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA2EBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Método</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C63BD01" w14:textId="13C37794" w:rsidR="007143B5" w:rsidRPr="000312B2" w:rsidRDefault="007143B5" w:rsidP="00AA2EBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Para </w:t>
       </w:r>
       <w:r w:rsidR="00797240">
         <w:rPr>
@@ -8026,50 +8039,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4094C7C7" w14:textId="51153335" w:rsidR="0036745E" w:rsidRPr="00797240" w:rsidRDefault="00797240" w:rsidP="00AA2EBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00797240">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>De este modo</w:t>
       </w:r>
       <w:r w:rsidR="0036745E" w:rsidRPr="00797240">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, el cuestionario se estructuró tomando en consideración las siguientes funciones: </w:t>
       </w:r>
       <w:r w:rsidR="0036745E" w:rsidRPr="00541651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
       <w:r w:rsidR="0036745E" w:rsidRPr="00797240">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8326,61 +8340,51 @@
       <w:r w:rsidR="00435DB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00435DB6" w:rsidRPr="00797240">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">levar </w:t>
       </w:r>
       <w:r w:rsidR="0036745E" w:rsidRPr="00797240">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">un registro de notas. Para cada una se realizaron cuestionamientos abiertos en los que se les pidió a los participantes expresar sus opiniones </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">acerca de las ventajas o desventajas que consideraran </w:t>
+        <w:t xml:space="preserve">un registro de notas. Para cada una se realizaron cuestionamientos abiertos en los que se les pidió a los participantes expresar sus opiniones acerca de las ventajas o desventajas que consideraran </w:t>
       </w:r>
       <w:r w:rsidR="00B82A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ofrece la respectiva función</w:t>
       </w:r>
       <w:r w:rsidR="0036745E" w:rsidRPr="00797240">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>. Además, se añadió una sección extra al cuestionario para que los alumnos pudieran señalar otras funciones no contempladas dentro del cuestionario que consideraran de utilidad para sus procesos de estudio o aprendizaje de lenguas.</w:t>
       </w:r>
       <w:r w:rsidR="00AC5BA5" w:rsidRPr="00797240">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
@@ -8792,50 +8796,51 @@
       <w:r w:rsidR="00FB0A9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>por</w:t>
       </w:r>
       <w:r w:rsidR="00FB0A9B" w:rsidRPr="00041BB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00041BB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">las imágenes y </w:t>
       </w:r>
       <w:r w:rsidR="00FB0A9B" w:rsidRPr="00041BB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>est</w:t>
       </w:r>
       <w:r w:rsidR="00FB0A9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00FB0A9B" w:rsidRPr="00041BB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8846,61 +8851,51 @@
       <w:r w:rsidRPr="00041BB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">a su vez </w:t>
       </w:r>
       <w:r w:rsidR="00FB0A9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">se ven respaldadas por </w:t>
       </w:r>
       <w:r w:rsidRPr="00041BB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">audios y videos. Además, la distribución del contenido agiliza la entrada de información para los estudiantes, puesto que inclusive pueden relacionar lo que ven en la plataforma con el contenido diario que visualizan en redes </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">sociales como Facebook o Instagram, y de la misma manera pueden compartir opiniones, obtener retroalimentación y recibir reacciones. </w:t>
+        <w:t xml:space="preserve">audios y videos. Además, la distribución del contenido agiliza la entrada de información para los estudiantes, puesto que inclusive pueden relacionar lo que ven en la plataforma con el contenido diario que visualizan en redes sociales como Facebook o Instagram, y de la misma manera pueden compartir opiniones, obtener retroalimentación y recibir reacciones. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71794584" w14:textId="0E75D341" w:rsidR="00041BB1" w:rsidRPr="00041BB1" w:rsidRDefault="00041BB1" w:rsidP="00AA2EBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00070775">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Otra de las funciones que brinda</w:t>
       </w:r>
       <w:r w:rsidRPr="00041BB1">
         <w:rPr>
@@ -9124,69 +9119,58 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>resulta</w:t>
       </w:r>
       <w:r w:rsidR="00A963E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00041BB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> útil para los estudiantes es </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00541651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Class</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Notebook</w:t>
+        <w:t>Class Notebook</w:t>
       </w:r>
       <w:r w:rsidRPr="00041BB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>, un espacio personal para tomar notas</w:t>
       </w:r>
       <w:r w:rsidR="00594B0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="001C615A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
@@ -9572,88 +9556,88 @@
       <w:r w:rsidR="000E1FB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="000E1FB9" w:rsidRPr="00541651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>gifs</w:t>
       </w:r>
       <w:r w:rsidR="000E1FB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>, entre otros elementos, les resulta muy atractivo.</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>entre otros elementos, les resulta muy atractivo.</w:t>
       </w:r>
       <w:r w:rsidR="001D019C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sin embargo, algo que los estudiantes señalaron como una desventaja es que en ocasiones la interacción no es tan efectiva, puesto que no siempre hay una motivación de parte de los compañeros para responder</w:t>
       </w:r>
       <w:r w:rsidR="0058422A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001D019C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> si se realiza </w:t>
-[...9 lines deleted...]
-        <w:t>una pregunta en un comentario</w:t>
+        <w:t xml:space="preserve"> si se realiza una pregunta en un comentario</w:t>
       </w:r>
       <w:r w:rsidR="0058422A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001D019C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F634B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
@@ -10071,88 +10055,97 @@
       <w:r w:rsidR="00450A5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>las deficiencias en la calidad del sonido</w:t>
       </w:r>
       <w:r w:rsidR="003D4550">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00450A5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en ocasiones representan para los estudiantes una fuente de interferencia para comprender ampliamente lo que los maestros dicen, considerando que se trata de lenguas extranjeras y no siempre se conoce el vocabulario utilizado. </w:t>
+        <w:t xml:space="preserve"> en ocasiones representan para los estudiantes una fuente de interferencia para comprender ampliamente lo </w:t>
+      </w:r>
+      <w:r w:rsidR="00450A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">que los maestros dicen, considerando que se trata de lenguas extranjeras y no siempre se conoce el vocabulario utilizado. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="315E2553" w14:textId="77777777" w:rsidR="0061653A" w:rsidRPr="00924F05" w:rsidRDefault="0061653A" w:rsidP="00AA569F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26206FC5" w14:textId="77777777" w:rsidR="0061653A" w:rsidRPr="00541651" w:rsidRDefault="00B93232" w:rsidP="00541651">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00541651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Grabar reuniones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A415EEB" w14:textId="6C72D5BA" w:rsidR="00B93232" w:rsidRDefault="0061653A" w:rsidP="0061653A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00541651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00924F05">
@@ -10443,95 +10436,104 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>de forma digital, ya que existen opciones dentro de la plataforma para que los profesores elaboren exámenes de manera muy creativa e interactiva</w:t>
       </w:r>
       <w:r w:rsidR="00A81D3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00695730">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> donde se combina el canal visual con el acústico (imprescindible para el aprendizaje de idiomas)</w:t>
+        <w:t xml:space="preserve"> donde se combina el canal visual </w:t>
+      </w:r>
+      <w:r w:rsidR="00695730">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>con el acústico (imprescindible para el aprendizaje de idiomas)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, algo que es totalmente opuesto a los exámenes tradicionales en papel. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D4621F3" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="0061653A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F009D8C" w14:textId="01008DA2" w:rsidR="00450A5F" w:rsidRDefault="00450A5F" w:rsidP="0061653A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>En segundo lugar, los alumnos comentaron que el hecho de que la plataforma permita entregar las tareas no solo adjuntando los archivos pertinentes, sino también adjuntando enlaces (por ejemplo, de Google Drive), les ha sido de utilidad, pues algunos trabajos no son soportados por la plataforma e inclusive por correo electrónico son difíciles de compartir debido a los pesos de estos</w:t>
       </w:r>
       <w:r w:rsidR="00695730">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>, algo que suele suceder con proyectos audiovisuales en los que el objetivo es la producción oral</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D61D565" w14:textId="7718E51D" w:rsidR="00450A5F" w:rsidRDefault="00695730" w:rsidP="0061653A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
@@ -11027,87 +11029,51 @@
       </w:r>
       <w:r w:rsidR="00C7340E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>tienen una cierta predisposición a</w:t>
       </w:r>
       <w:r w:rsidRPr="00376C22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> adquirir otro idioma de forma natural mediante algo tan abierto como las redes sociales, pues básicamente se trata de una interacción social cotidiana mediante la que se desarrollan los procesos cognitivos, incluyendo la adquisición del lenguaje (</w:t>
       </w:r>
       <w:r w:rsidRPr="00376C22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vygotsky, 1987, citado en </w:t>
-[...35 lines deleted...]
-        <w:t>, 2013).</w:t>
+        <w:t>Vygotsky, 1987, citado en Lightbown y Spada, 2013).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CF61E27" w14:textId="60CC50CC" w:rsidR="004851E3" w:rsidRDefault="00376C22" w:rsidP="0061653A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00376C22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Respecto al contenido multimedia, </w:t>
       </w:r>
       <w:r w:rsidR="00B64F0B">
         <w:rPr>
@@ -11121,170 +11087,142 @@
       <w:r w:rsidRPr="00376C22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">de las mayores ventajas que brinda esta plataforma en pro de una mejor asimilación de información por </w:t>
       </w:r>
       <w:r w:rsidR="00B64F0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">parte de </w:t>
       </w:r>
       <w:r w:rsidRPr="00376C22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">los estudiantes, ya que el profesor puede compartir con ellos contenido audiovisual en el que la información sea brindada en los dos canales que mejor dominan los estudiantes. Así, los estudiantes pueden visualizar distintos tipos de contenidos audiovisuales </w:t>
+        <w:t xml:space="preserve">los estudiantes, ya </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">que el profesor puede compartir con ellos contenido audiovisual en el que la información sea brindada en los dos canales que mejor dominan los estudiantes. Así, los estudiantes pueden visualizar distintos tipos de contenidos audiovisuales </w:t>
       </w:r>
       <w:r w:rsidR="00B64F0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">que ahondan </w:t>
       </w:r>
       <w:r w:rsidRPr="00376C22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">en el idioma que están </w:t>
+        <w:t xml:space="preserve">en el idioma que están aprendiendo, e incluso </w:t>
+      </w:r>
+      <w:r w:rsidR="00B724FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reforzar la información </w:t>
+      </w:r>
+      <w:r w:rsidR="00300A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>auditiva</w:t>
+      </w:r>
+      <w:r w:rsidR="00B724FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y visual </w:t>
       </w:r>
       <w:r w:rsidRPr="00376C22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">reforzar la información </w:t>
+        <w:t xml:space="preserve">con </w:t>
       </w:r>
       <w:r w:rsidR="00300A8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>auditiva</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> y visual </w:t>
+        <w:t>palabras escritas</w:t>
       </w:r>
       <w:r w:rsidRPr="00376C22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">con </w:t>
-[...8 lines deleted...]
-        <w:t>palabras escritas</w:t>
+        <w:t xml:space="preserve">, como videos subtitulados, de forma interlingüística o intralingüística, ya sea de películas y series, pues los jóvenes son quienes más miran este tipo de contenidos </w:t>
       </w:r>
       <w:r w:rsidRPr="00376C22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
-[...38 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        </w:rPr>
+        <w:t>(Agnola y Le Champion</w:t>
+      </w:r>
       <w:r w:rsidR="00300A8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00376C22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> citado</w:t>
       </w:r>
       <w:r w:rsidR="00300A8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s en</w:t>
       </w:r>
       <w:r w:rsidRPr="00376C22">
@@ -11662,50 +11600,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> sino visualizarse a ellos mismos y con ello desarrollar estrategias de mejora. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="563FF7E5" w14:textId="10CE032F" w:rsidR="00376C22" w:rsidRDefault="00041BB1" w:rsidP="0061653A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00041BB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">De igual forma, los docentes pueden repetir las grabaciones para lograr identificar en los estudiantes áreas de dificultad y errores que pudieran convertirse en aspectos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00041BB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>fosilizables</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00041BB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> que no puedan erradicar por más instrucción que reciba (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00041BB1">
         <w:rPr>
@@ -11724,51 +11663,50 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1972) y con ello ayudar a los aprendices a mejorar su nivel en el idioma meta. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="322557E0" w14:textId="4A5CCB96" w:rsidR="008D1097" w:rsidRPr="000312B2" w:rsidRDefault="008B69A5" w:rsidP="0061653A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Pese a que los estudios que normalmente se llevan a cabo acerca de las plataformas virtuales y su implementación en las clases de lenguas se enfocan en los métodos que los profesores pueden trasladar desde la enseñanza tradicional hacia los medios digitales (Fernández, 2018</w:t>
       </w:r>
       <w:r w:rsidR="00435E07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00435E07" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Martín y Cuadros, 2012</w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -12130,51 +12068,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>2020),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y no solamente trasladar la educación tradicional al campo virtual</w:t>
+        <w:t xml:space="preserve"> y no solamente trasladar la educación </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>tradicional al campo virtual</w:t>
       </w:r>
       <w:r w:rsidR="00E5115D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> con las mismas estrategias de enseñanza</w:t>
       </w:r>
       <w:r w:rsidR="00DF3D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
@@ -12221,51 +12169,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18D53E4A" w14:textId="77777777" w:rsidR="000312B2" w:rsidRPr="0061653A" w:rsidRDefault="000312B2" w:rsidP="00541651">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061653A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Conclusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50B6589B" w14:textId="3A286792" w:rsidR="00F07955" w:rsidRPr="000312B2" w:rsidRDefault="008B69A5" w:rsidP="0061653A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">La plataforma virtual </w:t>
       </w:r>
       <w:r w:rsidRPr="00541651">
@@ -12606,50 +12553,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Una de las líneas de investigación que se pueden considerar oportunas es la identificación de los contenidos digitales que tienen mayor impacto en el público juvenil, es decir, que llegan a más personas mediante su reproducción o visualización, con el fin de utilizarlos a favor de la enseñanza de lenguas y aprovechar la difusión masiva. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5578827C" w14:textId="16D1BFFA" w:rsidR="002F5F50" w:rsidRDefault="002F5F50" w:rsidP="0061653A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Además, sería</w:t>
       </w:r>
       <w:r w:rsidR="00192BFB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> conveniente determinar el impacto que dichos elementos tienen en la memoria cuando se agrega en ellos contenido de aprendizaje lingüístico</w:t>
       </w:r>
       <w:r w:rsidR="00A45F56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>, esto</w:t>
       </w:r>
       <w:r w:rsidR="00192BFB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -12725,51 +12673,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BE792A2" w14:textId="47C36E68" w:rsidR="006A1245" w:rsidRPr="00541651" w:rsidRDefault="006A1245" w:rsidP="0061653A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk124841796"/>
       <w:r w:rsidRPr="00541651">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D818F90" w14:textId="3719E135" w:rsidR="004C3B0A" w:rsidRPr="000312B2" w:rsidRDefault="004C3B0A" w:rsidP="00AA569F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000519C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Almeida, P. y Zambrano, C. (2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
@@ -12960,69 +12907,58 @@
         </w:rPr>
         <w:t>http://dx.doi.org/10.6018/red/55/6</w:t>
       </w:r>
       <w:r w:rsidR="00270DFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="154474BF" w14:textId="3A447430" w:rsidR="0019582F" w:rsidRPr="000312B2" w:rsidRDefault="0019582F" w:rsidP="00AA569F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t>Area</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">, M. (2009). </w:t>
+        <w:t xml:space="preserve">Area, M. (2009). </w:t>
       </w:r>
       <w:r w:rsidR="00B84F2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00B84F2F" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>anual electrónico</w:t>
       </w:r>
       <w:r w:rsidR="00B84F2F">
         <w:rPr>
@@ -13599,102 +13535,90 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C79AB73" w14:textId="1543BA16" w:rsidR="00877419" w:rsidRPr="000312B2" w:rsidRDefault="00877419" w:rsidP="00541651">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Fernández, P. (2018). La enseñanza de lenguas extranjeras a través de las nueva</w:t>
       </w:r>
       <w:r w:rsidR="00142A7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="001B566D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">tecnologías: reflexiones y propuestas. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t>Thélème</w:t>
-[...11 lines deleted...]
-        <w:t>. Revista Complutense de Estudios Franceses, 33</w:t>
+        <w:t>Thélème. Revista Complutense de Estudios Franceses, 33</w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 139-158. </w:t>
       </w:r>
       <w:r w:rsidR="001B566D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuperado de </w:t>
       </w:r>
       <w:r w:rsidR="001B566D" w:rsidRPr="002B1FE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
@@ -13779,51 +13703,50 @@
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N°</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 de la UANL </w:t>
       </w:r>
       <w:r w:rsidR="0049020E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tesis de maestría</w:t>
       </w:r>
       <w:r w:rsidR="0049020E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="0049020E" w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -13958,149 +13881,120 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>http://www.sdkrashen.com/content/books/principles_and_practice.pdf</w:t>
       </w:r>
       <w:r w:rsidR="001617B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3486792F" w14:textId="4DF61E65" w:rsidR="00FC46F1" w:rsidRPr="00541651" w:rsidRDefault="00FC46F1" w:rsidP="00AA569F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00541651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lightbown P. y Spada, N. (2013). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000312B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>How languages are learned.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000312B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C22F14" w:rsidRPr="00541651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Oxfor</w:t>
+      </w:r>
+      <w:r w:rsidR="00C22F14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00C22F14" w:rsidRPr="00541651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00541651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>Lightbown</w:t>
+        </w:rPr>
+        <w:t>University</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00541651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...81 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Press.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="582CAD26" w14:textId="18BDAF86" w:rsidR="00155073" w:rsidRPr="000519C2" w:rsidRDefault="00155073" w:rsidP="00AA569F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000519C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Martínez, E., López, D., Escamilla, D. y Álvarez, L. M. (2017). La importancia de las plataformas educativas virtuales como herramienta de apoyo a la educación tradicional. </w:t>
       </w:r>
       <w:r w:rsidRPr="000519C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -14495,69 +14389,58 @@
         </w:rPr>
         <w:t>34172</w:t>
       </w:r>
       <w:r w:rsidR="005C18B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09DD8FF6" w14:textId="3C9A336D" w:rsidR="00D919C2" w:rsidRPr="000312B2" w:rsidRDefault="00D919C2" w:rsidP="00AA569F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C54EB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>Pedroza</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">, V. (2020). </w:t>
+        <w:t xml:space="preserve">Pedroza, V. (2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Neologismos en informática: el aumento de neologismos a partir de la aparición de internet y el desarrollo tecnológico</w:t>
       </w:r>
       <w:r w:rsidR="004A35D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
@@ -14664,73 +14547,60 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="661B31D8" w14:textId="49D3536D" w:rsidR="00523F0A" w:rsidRPr="000312B2" w:rsidRDefault="00523F0A" w:rsidP="00AA569F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Sánchez, J. (2009). Plataformas de enseñanza virtual para entornos educativos. </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Pixel</w:t>
-[...11 lines deleted...]
-        <w:t>-Bit. Revista de Medios y Educación,</w:t>
+        <w:t>Pixel-Bit. Revista de Medios y Educación,</w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (34), 217-233. </w:t>
       </w:r>
       <w:r w:rsidR="0050693D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuperado de </w:t>
       </w:r>
       <w:r w:rsidR="0050693D" w:rsidRPr="002B1FE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
@@ -14744,131 +14614,111 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48E0C1EA" w14:textId="573104C3" w:rsidR="00B54010" w:rsidRPr="000312B2" w:rsidRDefault="00B54010" w:rsidP="00AA569F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">San Román, K. E., Mendoza, E., </w:t>
-[...9 lines deleted...]
-        <w:t>Y</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>San Román, K. E., Mendoza, E., Y</w:t>
       </w:r>
       <w:r w:rsidR="00983C84">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>pez</w:t>
-[...9 lines deleted...]
-        <w:t>, A. R., Magaña, A. y Ara, S. (2020). Utilización de plataformas virtuales educativas en la práctica docente universitaria. Un caso de estudio.</w:t>
+        <w:t>pez, A. R., Magaña, A. y Ara, S. (2020). Utilización de plataformas virtuales educativas en la práctica docente universitaria. Un caso de estudio.</w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Revista Iberoamericana de Ciencias, 7</w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-19. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF90514" w14:textId="160ACEA3" w:rsidR="00D919C2" w:rsidRPr="00541651" w:rsidRDefault="00D919C2" w:rsidP="00AA569F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00541651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Selinker</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00541651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, L. (1972). </w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Interlanguage. </w:t>
       </w:r>
       <w:r w:rsidRPr="000312B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
@@ -14920,71 +14770,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5580789D" w14:textId="13BF0561" w:rsidR="000D36C2" w:rsidRPr="000519C2" w:rsidRDefault="000D36C2" w:rsidP="00AA569F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00541651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Soler, Y. y </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, M. G. (2009). </w:t>
+        <w:t xml:space="preserve">Soler, Y. y Lezcano, M. G. (2009). </w:t>
       </w:r>
       <w:r w:rsidRPr="000519C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Consideraciones sobre la tecnología educativa en el proceso de enseñanza-aprendizaje. Una experiencia en la asignatura Estructura de Datos</w:t>
       </w:r>
       <w:r w:rsidRPr="000519C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Revista Iberoamericana de Educación, 49</w:t>
       </w:r>
       <w:r w:rsidRPr="000519C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -15363,1223 +15193,1192 @@
       <w:tblPr>
         <w:tblW w:w="8505" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3045"/>
         <w:gridCol w:w="5460"/>
       </w:tblGrid>
       <w:tr w:rsidR="002C68A4" w:rsidRPr="002C68A4" w14:paraId="12193A35" w14:textId="77777777" w:rsidTr="002C68A4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="72A9D197" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="004F1E7A">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Rol de Contribución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="77DA7075" w14:textId="4929030C" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="004F1E7A">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_btsjgdfgjwkr" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Autor (es)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C68A4" w:rsidRPr="002C68A4" w14:paraId="4E646D3B" w14:textId="77777777" w:rsidTr="002C68A4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6CDAC6E9" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Conceptualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="200DD9AC" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Giselle Marina Gómez Sánchez (Principal) Eleazar Morales Vázquez (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C68A4" w:rsidRPr="002C68A4" w14:paraId="0D038867" w14:textId="77777777" w:rsidTr="002C68A4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7DBF50CA" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Metodología</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2F8B45DA" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Giselle Marina Gómez Sánchez (Principal) Eleazar Morales Vázquez (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C68A4" w:rsidRPr="002C68A4" w14:paraId="21A02CE0" w14:textId="77777777" w:rsidTr="002C68A4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5B94807A" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6B11B6D6" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No aplica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C68A4" w:rsidRPr="002C68A4" w14:paraId="558D36CB" w14:textId="77777777" w:rsidTr="002C68A4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="18E64E0A" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Validación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="564CA61B" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Giselle Marina Gómez Sánchez, Eleazar Morales Vázquez (igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C68A4" w:rsidRPr="002C68A4" w14:paraId="36A0165C" w14:textId="77777777" w:rsidTr="002C68A4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="257BF38C" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Análisis Formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1F3B079F" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Giselle Marina Gómez Sánchez (Principal) Eleazar Morales Vázquez (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C68A4" w:rsidRPr="002C68A4" w14:paraId="0F3979F2" w14:textId="77777777" w:rsidTr="002C68A4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="368698B8" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Investigación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="649DA7C1" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Giselle Marina Gómez Sánchez (Principal) Eleazar Morales Vázquez (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C68A4" w:rsidRPr="002C68A4" w14:paraId="176CA8B3" w14:textId="77777777" w:rsidTr="002C68A4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2B0802CC" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6D600354" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Giselle Marina Gómez Sánchez (Principal) Eleazar Morales Vázquez (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C68A4" w:rsidRPr="002C68A4" w14:paraId="24B3629C" w14:textId="77777777" w:rsidTr="002C68A4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3E90A62E" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Curación de datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4E4413AB" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Giselle Marina Gómez Sánchez, Eleazar Morales Vázquez (igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C68A4" w:rsidRPr="002C68A4" w14:paraId="6CBF34DD" w14:textId="77777777" w:rsidTr="002C68A4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10DACC32" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Preparación del borrador original</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="34D8659E" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Giselle Marina Gómez Sánchez, Eleazar Morales Vázquez (igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C68A4" w:rsidRPr="002C68A4" w14:paraId="7BB8C39C" w14:textId="77777777" w:rsidTr="002C68A4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7E5BF3A6" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Revisión y edición</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="289F20C4" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Giselle Marina Gómez Sánchez, Eleazar Morales Vázquez (igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C68A4" w:rsidRPr="002C68A4" w14:paraId="632976E6" w14:textId="77777777" w:rsidTr="002C68A4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7A3531A7" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Visualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="65BEC8C7" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Giselle Marina Gómez Sánchez, Eleazar Morales Vázquez (igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C68A4" w:rsidRPr="002C68A4" w14:paraId="7A0DCE58" w14:textId="77777777" w:rsidTr="002C68A4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="48C33204" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Supervisión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0362A2D7" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Giselle Marina Gómez Sánchez, Eleazar Morales Vázquez (igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C68A4" w:rsidRPr="002C68A4" w14:paraId="5281072E" w14:textId="77777777" w:rsidTr="002C68A4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7EB207AB" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Administración de Proyectos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0EDD1526" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Giselle Marina Gómez Sánchez, Eleazar Morales Vázquez (igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C68A4" w:rsidRPr="002C68A4" w14:paraId="74865D70" w14:textId="77777777" w:rsidTr="002C68A4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3AFD4847" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adquisición de fondos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="21CA9A18" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C68A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">No aplica </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="08A4F509" w14:textId="77777777" w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidRDefault="002C68A4" w:rsidP="002C68A4">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002C68A4" w:rsidRPr="002C68A4" w:rsidSect="002C68A4">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="567" w:left="1701" w:header="142" w:footer="117" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3BC46459" w14:textId="77777777" w:rsidR="00BC75D6" w:rsidRDefault="00BC75D6" w:rsidP="00003E4B">
+    <w:p w14:paraId="692EF777" w14:textId="77777777" w:rsidR="00C13BF8" w:rsidRDefault="00C13BF8" w:rsidP="00003E4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5ED710FB" w14:textId="77777777" w:rsidR="00BC75D6" w:rsidRDefault="00BC75D6" w:rsidP="00003E4B">
+    <w:p w14:paraId="12805724" w14:textId="77777777" w:rsidR="00C13BF8" w:rsidRDefault="00C13BF8" w:rsidP="00003E4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2A5EE455" w14:textId="77777777" w:rsidR="00BC75D6" w:rsidRDefault="00BC75D6">
+    <w:p w14:paraId="4F9D67C2" w14:textId="77777777" w:rsidR="00C13BF8" w:rsidRDefault="00C13BF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -16609,51 +16408,51 @@
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0AEDDAE4" w14:textId="536CFF96" w:rsidR="00541651" w:rsidRDefault="00541651" w:rsidP="00541651">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidRPr="009812F1">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">ol. </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
@@ -16687,99 +16486,110 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidRPr="009812F1">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">                   </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>Julio - Diciembre</w:t>
+      <w:t xml:space="preserve">Julio - </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Diciembre</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="009812F1">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2022                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="728FBF74" w14:textId="77777777" w:rsidR="00BC75D6" w:rsidRDefault="00BC75D6" w:rsidP="00003E4B">
+    <w:p w14:paraId="4EB7DD0C" w14:textId="77777777" w:rsidR="00C13BF8" w:rsidRDefault="00C13BF8" w:rsidP="00003E4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0BBD90A6" w14:textId="77777777" w:rsidR="00BC75D6" w:rsidRDefault="00BC75D6" w:rsidP="00003E4B">
+    <w:p w14:paraId="0F226014" w14:textId="77777777" w:rsidR="00C13BF8" w:rsidRDefault="00C13BF8" w:rsidP="00003E4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="29614375" w14:textId="77777777" w:rsidR="00BC75D6" w:rsidRDefault="00BC75D6">
+    <w:p w14:paraId="26296014" w14:textId="77777777" w:rsidR="00C13BF8" w:rsidRDefault="00C13BF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66E04C04" w14:textId="7F4DE1D5" w:rsidR="00541651" w:rsidRDefault="00541651" w:rsidP="00541651">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69DD9BD7" wp14:editId="75B083DC">
           <wp:extent cx="5400040" cy="584835"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Imagen 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="18" name="Imagen 18"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
@@ -16788,51 +16598,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5400040" cy="584835"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="555E49A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="16D2BFB8"/>
     <w:lvl w:ilvl="0" w:tplc="080A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -16909,51 +16719,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1672374308">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -17051,50 +16861,51 @@
     <w:rsid w:val="002D2BA3"/>
     <w:rsid w:val="002D591B"/>
     <w:rsid w:val="002E6215"/>
     <w:rsid w:val="002F01F9"/>
     <w:rsid w:val="002F1DE5"/>
     <w:rsid w:val="002F4E40"/>
     <w:rsid w:val="002F5F50"/>
     <w:rsid w:val="00300A8C"/>
     <w:rsid w:val="00301FE8"/>
     <w:rsid w:val="00311921"/>
     <w:rsid w:val="00314F9F"/>
     <w:rsid w:val="003167AC"/>
     <w:rsid w:val="00317175"/>
     <w:rsid w:val="00324390"/>
     <w:rsid w:val="00330AD2"/>
     <w:rsid w:val="00330F77"/>
     <w:rsid w:val="00332292"/>
     <w:rsid w:val="003371C2"/>
     <w:rsid w:val="00345F39"/>
     <w:rsid w:val="003631A6"/>
     <w:rsid w:val="0036745E"/>
     <w:rsid w:val="00376C22"/>
     <w:rsid w:val="00380C2C"/>
     <w:rsid w:val="0039547F"/>
     <w:rsid w:val="0039598B"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A6367"/>
     <w:rsid w:val="003B1098"/>
     <w:rsid w:val="003B1E8D"/>
     <w:rsid w:val="003B5110"/>
     <w:rsid w:val="003C6F35"/>
     <w:rsid w:val="003D1174"/>
     <w:rsid w:val="003D342B"/>
     <w:rsid w:val="003D4550"/>
     <w:rsid w:val="003D51AF"/>
     <w:rsid w:val="003D7715"/>
     <w:rsid w:val="003E2003"/>
     <w:rsid w:val="003E57C4"/>
     <w:rsid w:val="003F0C11"/>
     <w:rsid w:val="003F3A15"/>
     <w:rsid w:val="003F7A67"/>
     <w:rsid w:val="00400F9F"/>
     <w:rsid w:val="00411005"/>
     <w:rsid w:val="00432A8F"/>
     <w:rsid w:val="00435DB6"/>
     <w:rsid w:val="00435E07"/>
     <w:rsid w:val="00450A5F"/>
     <w:rsid w:val="0046197D"/>
     <w:rsid w:val="004650B1"/>
     <w:rsid w:val="00465279"/>
     <w:rsid w:val="00472E51"/>
@@ -17244,75 +17055,77 @@
     <w:rsid w:val="00A25D26"/>
     <w:rsid w:val="00A45F56"/>
     <w:rsid w:val="00A50F0A"/>
     <w:rsid w:val="00A540F5"/>
     <w:rsid w:val="00A55915"/>
     <w:rsid w:val="00A5743B"/>
     <w:rsid w:val="00A653AD"/>
     <w:rsid w:val="00A67358"/>
     <w:rsid w:val="00A81D3D"/>
     <w:rsid w:val="00A963E9"/>
     <w:rsid w:val="00AA2EBC"/>
     <w:rsid w:val="00AA569F"/>
     <w:rsid w:val="00AA5B68"/>
     <w:rsid w:val="00AA7C45"/>
     <w:rsid w:val="00AB5913"/>
     <w:rsid w:val="00AC5BA5"/>
     <w:rsid w:val="00AC7670"/>
     <w:rsid w:val="00AD039D"/>
     <w:rsid w:val="00AE0F8C"/>
     <w:rsid w:val="00AE3486"/>
     <w:rsid w:val="00B00D3B"/>
     <w:rsid w:val="00B145DC"/>
     <w:rsid w:val="00B15BA7"/>
     <w:rsid w:val="00B163D4"/>
     <w:rsid w:val="00B20EFC"/>
+    <w:rsid w:val="00B247AE"/>
     <w:rsid w:val="00B30344"/>
     <w:rsid w:val="00B35C30"/>
     <w:rsid w:val="00B47778"/>
     <w:rsid w:val="00B52F2A"/>
     <w:rsid w:val="00B54010"/>
     <w:rsid w:val="00B64F0B"/>
     <w:rsid w:val="00B7025B"/>
     <w:rsid w:val="00B724FD"/>
     <w:rsid w:val="00B745FC"/>
     <w:rsid w:val="00B77212"/>
     <w:rsid w:val="00B81C77"/>
     <w:rsid w:val="00B82A6F"/>
     <w:rsid w:val="00B84F2F"/>
     <w:rsid w:val="00B851B4"/>
     <w:rsid w:val="00B86BFB"/>
     <w:rsid w:val="00B93232"/>
     <w:rsid w:val="00BA2274"/>
     <w:rsid w:val="00BB7723"/>
     <w:rsid w:val="00BC75D6"/>
     <w:rsid w:val="00BF0B51"/>
     <w:rsid w:val="00BF2570"/>
     <w:rsid w:val="00BF3025"/>
     <w:rsid w:val="00C02933"/>
     <w:rsid w:val="00C133BC"/>
     <w:rsid w:val="00C13446"/>
+    <w:rsid w:val="00C13BF8"/>
     <w:rsid w:val="00C14F99"/>
     <w:rsid w:val="00C22F14"/>
     <w:rsid w:val="00C47A35"/>
     <w:rsid w:val="00C570C8"/>
     <w:rsid w:val="00C62221"/>
     <w:rsid w:val="00C7340E"/>
     <w:rsid w:val="00C73789"/>
     <w:rsid w:val="00C76CE0"/>
     <w:rsid w:val="00C76E88"/>
     <w:rsid w:val="00C85F4A"/>
     <w:rsid w:val="00C87758"/>
     <w:rsid w:val="00CA18ED"/>
     <w:rsid w:val="00CD10FC"/>
     <w:rsid w:val="00CF0AE9"/>
     <w:rsid w:val="00CF129E"/>
     <w:rsid w:val="00CF6282"/>
     <w:rsid w:val="00D06EBA"/>
     <w:rsid w:val="00D15B5C"/>
     <w:rsid w:val="00D15E3E"/>
     <w:rsid w:val="00D20109"/>
     <w:rsid w:val="00D21F0B"/>
     <w:rsid w:val="00D22F6E"/>
     <w:rsid w:val="00D43888"/>
     <w:rsid w:val="00D548AE"/>
     <w:rsid w:val="00D57527"/>
@@ -17384,51 +17197,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="726DF5BC"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -17506,98 +17319,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -17809,51 +17625,50 @@
     <w:rsid w:val="002C68A4"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="-15"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:b/>
       <w:color w:val="8C7252"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en" w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
@@ -17990,87 +17805,87 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008F29C7"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:rsid w:val="002C68A4"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:b/>
       <w:color w:val="8C7252"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en" w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="194315309">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="587926078">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v9i18.905" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -18349,75 +18164,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0B26E29-C43B-4D1A-BE1E-4FD1952419EE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>20</Pages>
-  <Words>6996</Words>
-  <Characters>38484</Characters>
+  <Words>7012</Words>
+  <Characters>38567</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>320</Lines>
+  <Lines>321</Lines>
   <Paragraphs>90</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>45390</CharactersWithSpaces>
+  <CharactersWithSpaces>45489</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="72" baseType="variant">
       <vt:variant>
         <vt:i4>5832704</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>33</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://sedici.unlp.edu.ar/handle/10915/61390</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1704027</vt:i4>
       </vt:variant>
       <vt:variant>